--- v0 (2025-10-22)
+++ v1 (2025-11-26)
@@ -5,77 +5,65 @@
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/footnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footnotes+xml"/>
   <Override PartName="/word/endnotes.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.endnotes+xml"/>
   <Override PartName="/word/header1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.header+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/footer2.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
 <file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:document xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:body>
-    <w:p w14:paraId="6B9AB1E5" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00997359" w:rsidRDefault="00B57516" w:rsidP="00997359">
+    <w:p w14:paraId="6B9AB1E5" w14:textId="00FA1DBA" w:rsidR="00B57516" w:rsidRPr="00997359" w:rsidRDefault="00B57516" w:rsidP="00997359">
       <w:pPr>
         <w:pStyle w:val="Heading1"/>
       </w:pPr>
       <w:r w:rsidRPr="00997359">
-        <w:t>MIT Postdoctoral Training Checklist</w:t>
-[...3 lines deleted...]
-        <w:t xml:space="preserve">   </w:t>
+        <w:t xml:space="preserve">MIT Postdoctoral Training Checklist </w:t>
       </w:r>
       <w:r w:rsidRPr="00997359">
         <w:rPr>
           <w:b w:val="0"/>
           <w:bCs/>
         </w:rPr>
-        <w:t>(</w:t>
-[...7 lines deleted...]
-        <w:t>for postdocs)</w:t>
+        <w:t>(for postdocs)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="28A79E19" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0A4D">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve">How are you </w:t>
       </w:r>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t>progressing</w:t>
       </w:r>
       <w:r w:rsidRPr="00BC0A4D">
         <w:rPr>
           <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
         </w:rPr>
         <w:t xml:space="preserve"> in your </w:t>
@@ -335,108 +323,120 @@
     <w:p w14:paraId="3A7C2861" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00227630" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00227630">
         <w:t>Comments: ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4825E84E" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="714DD4B8" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0A4D">
         <w:t>Presentation skills</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="51E6959F" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
+    <w:p w14:paraId="51E6959F" w14:textId="4C830312" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="004A191E" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
-      <w:r w:rsidRPr="00BC0A4D">
-[...3 lines deleted...]
-    <w:p w14:paraId="1606DB7E" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
+      <w:r>
+        <w:t>Research g</w:t>
+      </w:r>
+      <w:r w:rsidR="00B57516" w:rsidRPr="00BC0A4D">
+        <w:t>roup meeting</w:t>
+      </w:r>
+      <w:r>
+        <w:t>s</w:t>
+      </w:r>
+    </w:p>
+    <w:p w14:paraId="1606DB7E" w14:textId="66D8B8A7" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0A4D">
         <w:t>Journal club</w:t>
       </w:r>
+      <w:r w:rsidR="004A191E">
+        <w:t>s</w:t>
+      </w:r>
     </w:p>
     <w:p w14:paraId="201F2560" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Local meetings</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="65E99AFB" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="00BC0A4D">
         <w:t>National/international meetings</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="4DEB777C" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
+    <w:p w14:paraId="4DEB777C" w14:textId="57ECE539" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
-        <w:t>Teaching opportunity</w:t>
+        <w:t>Teaching opportunit</w:t>
+      </w:r>
+      <w:r w:rsidR="004A191E">
+        <w:t>ies</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="5D53A3E4" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00227630" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00227630">
         <w:t>Comments: ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="6CC3457B" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00380294" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:ind w:left="1440"/>
         <w:rPr>
           <w:sz w:val="18"/>
         </w:rPr>
       </w:pPr>
     </w:p>
     <w:p w14:paraId="1A4D6FDB" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00BC0A4D" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
@@ -543,78 +543,84 @@
     <w:p w14:paraId="1FD1D6DB" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="000C0268" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Do you know leaders in your field?</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="502C5458" w14:textId="77777777" w:rsidR="00991DFB" w:rsidRDefault="00B57516" w:rsidP="00991DFB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00467D6D">
         <w:t>Comments: ______________________________________________</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="4FAC8411" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00991DFB" w:rsidRDefault="00B57516" w:rsidP="00991DFB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
     </w:p>
-    <w:p w14:paraId="285360AF" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="005E43D6" w:rsidRDefault="00B57516" w:rsidP="00B57516">
+    <w:p w14:paraId="285360AF" w14:textId="61CEB392" w:rsidR="00B57516" w:rsidRPr="005E43D6" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="0"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r w:rsidRPr="005E43D6">
-        <w:t>Career possibilities</w:t>
+        <w:t xml:space="preserve">Career </w:t>
+      </w:r>
+      <w:r w:rsidR="004A191E">
+        <w:t>exploration</w:t>
       </w:r>
       <w:r>
         <w:t xml:space="preserve"> (not a skill, but something to consider as you move along)</w:t>
       </w:r>
     </w:p>
-    <w:p w14:paraId="21B0F19E" w14:textId="77777777" w:rsidR="00B57516" w:rsidRPr="00E02A51" w:rsidRDefault="00B57516" w:rsidP="00B57516">
+    <w:p w14:paraId="21B0F19E" w14:textId="057C43B4" w:rsidR="00B57516" w:rsidRPr="00E02A51" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>A</w:t>
       </w:r>
       <w:r w:rsidRPr="00E02A51">
         <w:t>cademic tracks</w:t>
+      </w:r>
+      <w:r w:rsidR="004A191E">
+        <w:t xml:space="preserve"> (faculty, staff scientist/engineer)</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="1C31FE49" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Industry</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="44F4FFB9" w14:textId="77777777" w:rsidR="00B57516" w:rsidRDefault="00B57516" w:rsidP="00B57516">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
         <w:numPr>
           <w:ilvl w:val="1"/>
           <w:numId w:val="19"/>
         </w:numPr>
       </w:pPr>
       <w:r>
         <w:t>Options in teaching</w:t>
       </w:r>
@@ -631,76 +637,76 @@
         <w:t>Other feasible pathways</w:t>
       </w:r>
     </w:p>
     <w:p w14:paraId="46E67D62" w14:textId="77777777" w:rsidR="00CA5C87" w:rsidRPr="00991DFB" w:rsidRDefault="00B57516" w:rsidP="00991DFB">
       <w:pPr>
         <w:pStyle w:val="ListParagraph"/>
       </w:pPr>
       <w:r w:rsidRPr="00467D6D">
         <w:t>Comments: ____________________________________________</w:t>
       </w:r>
     </w:p>
     <w:sectPr w:rsidR="00CA5C87" w:rsidRPr="00991DFB" w:rsidSect="006A3252">
       <w:headerReference w:type="default" r:id="rId8"/>
       <w:footerReference w:type="even" r:id="rId9"/>
       <w:footerReference w:type="default" r:id="rId10"/>
       <w:pgSz w:w="12240" w:h="15840"/>
       <w:pgMar w:top="1440" w:right="1008" w:bottom="1440" w:left="1008" w:header="720" w:footer="720" w:gutter="0"/>
       <w:cols w:space="720"/>
       <w:docGrid w:linePitch="360"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/endnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:endnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:endnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="6FE6AE5E" w14:textId="77777777" w:rsidR="006A3252" w:rsidRDefault="006A3252" w:rsidP="00B13D9E">
+    <w:p w14:paraId="4F726FDF" w14:textId="77777777" w:rsidR="006867B2" w:rsidRDefault="006867B2" w:rsidP="00B13D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:endnote>
   <w:endnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="722F33E1" w14:textId="77777777" w:rsidR="006A3252" w:rsidRDefault="006A3252" w:rsidP="00B13D9E">
+    <w:p w14:paraId="09027F4D" w14:textId="77777777" w:rsidR="006867B2" w:rsidRDefault="006867B2" w:rsidP="00B13D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:endnote>
 </w:endnotes>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
-<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:fonts xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C000785B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Symbol">
     <w:panose1 w:val="05050102010706020507"/>
     <w:charset w:val="02"/>
     <w:family w:val="decorative"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000003" w:usb1="10000000" w:usb2="00000000" w:usb3="00000000" w:csb0="80000001" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002EFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="4D"/>
     <w:family w:val="decorative"/>
@@ -711,57 +717,57 @@
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E4002EFF" w:usb1="C200247B" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Georgia">
     <w:panose1 w:val="02040502050405020303"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="00000287" w:usb1="00000000" w:usb2="00000000" w:usb3="00000000" w:csb0="0000009F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Tahoma">
     <w:panose1 w:val="020B0604030504040204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E1002EFF" w:usb1="C000605B" w:usb2="00000029" w:usb3="00000000" w:csb0="000101FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Cambria">
     <w:panose1 w:val="02040503050406030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
-    <w:sig w:usb0="E00006FF" w:usb1="420024FF" w:usb2="02000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
+    <w:sig w:usb0="E00002FF" w:usb1="400004FF" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
       </w:rPr>
       <w:id w:val="-877240926"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="4BF6EF57" w14:textId="11C24B9D" w:rsidR="00997359" w:rsidRDefault="00997359" w:rsidP="0072779A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
         </w:pPr>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="begin"/>
@@ -769,51 +775,51 @@
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:instrText xml:space="preserve"> PAGE </w:instrText>
         </w:r>
         <w:r>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
   <w:p w14:paraId="52381127" w14:textId="77777777" w:rsidR="00997359" w:rsidRDefault="00997359" w:rsidP="00997359">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
     </w:pPr>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footer2.xml><?xml version="1.0" encoding="utf-8"?>
-<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:ftr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:sdt>
     <w:sdtPr>
       <w:rPr>
         <w:rStyle w:val="PageNumber"/>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       </w:rPr>
       <w:id w:val="653960339"/>
       <w:docPartObj>
         <w:docPartGallery w:val="Page Numbers (Bottom of Page)"/>
         <w:docPartUnique/>
       </w:docPartObj>
     </w:sdtPr>
     <w:sdtContent>
       <w:p w14:paraId="025B57CF" w14:textId="198FBE68" w:rsidR="00997359" w:rsidRPr="00997359" w:rsidRDefault="00997359" w:rsidP="0072779A">
         <w:pPr>
           <w:pStyle w:val="Footer"/>
           <w:framePr w:wrap="none" w:vAnchor="text" w:hAnchor="margin" w:xAlign="right" w:y="1"/>
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
         </w:pPr>
         <w:r w:rsidRPr="00997359">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
@@ -831,95 +837,101 @@
         <w:r w:rsidRPr="00997359">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="separate"/>
         </w:r>
         <w:r w:rsidRPr="00997359">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
             <w:noProof/>
           </w:rPr>
           <w:t>1</w:t>
         </w:r>
         <w:r w:rsidRPr="00997359">
           <w:rPr>
             <w:rStyle w:val="PageNumber"/>
             <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
           </w:rPr>
           <w:fldChar w:fldCharType="end"/>
         </w:r>
       </w:p>
     </w:sdtContent>
   </w:sdt>
-  <w:p w14:paraId="6FD6111C" w14:textId="0C5C9FB0" w:rsidR="00997359" w:rsidRPr="003E59B1" w:rsidRDefault="003E59B1" w:rsidP="00997359">
+  <w:p w14:paraId="6FD6111C" w14:textId="215F1191" w:rsidR="00997359" w:rsidRPr="003E59B1" w:rsidRDefault="003E59B1" w:rsidP="00997359">
     <w:pPr>
       <w:pStyle w:val="Footer"/>
       <w:ind w:right="360"/>
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       </w:rPr>
     </w:pPr>
     <w:r w:rsidRPr="003E59B1">
       <w:rPr>
         <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       </w:rPr>
-      <w:t>Revised April 2024</w:t>
+      <w:t xml:space="preserve">Revised </w:t>
+    </w:r>
+    <w:r w:rsidR="004A191E">
+      <w:rPr>
+        <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
+      </w:rPr>
+      <w:t>November 2025</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/footnotes.xml><?xml version="1.0" encoding="utf-8"?>
-<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:footnotes xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:footnote w:type="separator" w:id="-1">
-    <w:p w14:paraId="3208DA5B" w14:textId="77777777" w:rsidR="006A3252" w:rsidRDefault="006A3252" w:rsidP="00B13D9E">
+    <w:p w14:paraId="74A1A5EC" w14:textId="77777777" w:rsidR="006867B2" w:rsidRDefault="006867B2" w:rsidP="00B13D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:separator/>
       </w:r>
     </w:p>
   </w:footnote>
   <w:footnote w:type="continuationSeparator" w:id="0">
-    <w:p w14:paraId="58CB2E5B" w14:textId="77777777" w:rsidR="006A3252" w:rsidRDefault="006A3252" w:rsidP="00B13D9E">
+    <w:p w14:paraId="2DF302DF" w14:textId="77777777" w:rsidR="006867B2" w:rsidRDefault="006867B2" w:rsidP="00B13D9E">
       <w:pPr>
         <w:spacing w:after="0" w:line="240" w:lineRule="auto"/>
       </w:pPr>
       <w:r>
         <w:continuationSeparator/>
       </w:r>
     </w:p>
   </w:footnote>
 </w:footnotes>
 </file>
 
 <file path=word/header1.xml><?xml version="1.0" encoding="utf-8"?>
-<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:hdr xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:p w14:paraId="4431AA1B" w14:textId="77777777" w:rsidR="00F640C7" w:rsidRDefault="00F640C7" w:rsidP="006E2A19">
     <w:pPr>
       <w:pStyle w:val="Header"/>
       <w:ind w:left="-90"/>
     </w:pPr>
     <w:r w:rsidRPr="008B7DB4">
       <w:rPr>
         <w:noProof/>
       </w:rPr>
       <w:drawing>
         <wp:inline distT="0" distB="0" distL="0" distR="0" wp14:anchorId="704BA620" wp14:editId="5F1A40D0">
           <wp:extent cx="3355329" cy="278737"/>
           <wp:effectExtent l="0" t="0" r="0" b="1270"/>
           <wp:docPr id="3" name="Picture 1"/>
           <wp:cNvGraphicFramePr>
             <a:graphicFrameLocks xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" noChangeAspect="1"/>
           </wp:cNvGraphicFramePr>
           <a:graphic xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
             <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/picture">
               <pic:pic xmlns:pic="http://schemas.openxmlformats.org/drawingml/2006/picture">
                 <pic:nvPicPr>
                   <pic:cNvPr id="3" name="Picture 1"/>
                   <pic:cNvPicPr>
                     <a:picLocks noChangeAspect="1" noChangeArrowheads="1"/>
                   </pic:cNvPicPr>
@@ -941,51 +953,51 @@
                     <a:off x="0" y="0"/>
                     <a:ext cx="3355329" cy="278737"/>
                   </a:xfrm>
                   <a:prstGeom prst="rect">
                     <a:avLst/>
                   </a:prstGeom>
                   <a:noFill/>
                   <a:ln w="9525">
                     <a:noFill/>
                     <a:miter lim="800000"/>
                     <a:headEnd/>
                     <a:tailEnd/>
                   </a:ln>
                 </pic:spPr>
               </pic:pic>
             </a:graphicData>
           </a:graphic>
         </wp:inline>
       </w:drawing>
     </w:r>
   </w:p>
 </w:hdr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
-<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh wp14">
+<w:numbering xmlns:wpc="http://schemas.microsoft.com/office/word/2010/wordprocessingCanvas" xmlns:cx="http://schemas.microsoft.com/office/drawing/2014/chartex" xmlns:cx1="http://schemas.microsoft.com/office/drawing/2015/9/8/chartex" xmlns:cx2="http://schemas.microsoft.com/office/drawing/2015/10/21/chartex" xmlns:cx3="http://schemas.microsoft.com/office/drawing/2016/5/9/chartex" xmlns:cx4="http://schemas.microsoft.com/office/drawing/2016/5/10/chartex" xmlns:cx5="http://schemas.microsoft.com/office/drawing/2016/5/11/chartex" xmlns:cx6="http://schemas.microsoft.com/office/drawing/2016/5/12/chartex" xmlns:cx7="http://schemas.microsoft.com/office/drawing/2016/5/13/chartex" xmlns:cx8="http://schemas.microsoft.com/office/drawing/2016/5/14/chartex" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:aink="http://schemas.microsoft.com/office/drawing/2016/ink" xmlns:am3d="http://schemas.microsoft.com/office/drawing/2017/model3d" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:oel="http://schemas.microsoft.com/office/2019/extlst" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp14="http://schemas.microsoft.com/office/word/2010/wordprocessingDrawing" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:wpg="http://schemas.microsoft.com/office/word/2010/wordprocessingGroup" xmlns:wpi="http://schemas.microsoft.com/office/word/2010/wordprocessingInk" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml" xmlns:wps="http://schemas.microsoft.com/office/word/2010/wordprocessingShape" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du wp14">
   <w:abstractNum w:abstractNumId="0" w15:restartNumberingAfterBreak="0">
     <w:nsid w:val="04A60E77"/>
     <w:multiLevelType w:val="hybridMultilevel"/>
     <w:tmpl w:val="205CD360"/>
     <w:lvl w:ilvl="0" w:tplc="0409000F">
       <w:start w:val="1"/>
       <w:numFmt w:val="decimal"/>
       <w:lvlText w:val="%1."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="720" w:hanging="360"/>
       </w:pPr>
       <w:rPr>
         <w:rFonts w:hint="default"/>
       </w:rPr>
     </w:lvl>
     <w:lvl w:ilvl="1" w:tplc="04090019">
       <w:start w:val="1"/>
       <w:numFmt w:val="lowerLetter"/>
       <w:lvlText w:val="%2."/>
       <w:lvlJc w:val="left"/>
       <w:pPr>
         <w:ind w:left="1440" w:hanging="360"/>
       </w:pPr>
     </w:lvl>
@@ -2605,191 +2617,195 @@
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
     <w:lvlOverride w:ilvl="8">
       <w:startOverride w:val="1"/>
     </w:lvlOverride>
   </w:num>
   <w:num w:numId="15" w16cid:durableId="1572306419">
     <w:abstractNumId w:val="4"/>
   </w:num>
   <w:num w:numId="16" w16cid:durableId="495918722">
     <w:abstractNumId w:val="10"/>
   </w:num>
   <w:num w:numId="17" w16cid:durableId="605429480">
     <w:abstractNumId w:val="5"/>
   </w:num>
   <w:num w:numId="18" w16cid:durableId="1958095605">
     <w:abstractNumId w:val="6"/>
   </w:num>
   <w:num w:numId="19" w16cid:durableId="1594629799">
     <w:abstractNumId w:val="0"/>
   </w:num>
 </w:numbering>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
-  <w:zoom w:percent="120"/>
+<w:settings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
+  <w:zoom w:percent="180"/>
   <w:proofState w:spelling="clean" w:grammar="clean"/>
   <w:defaultTabStop w:val="720"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:hdrShapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
   </w:hdrShapeDefaults>
   <w:footnotePr>
     <w:footnote w:id="-1"/>
     <w:footnote w:id="0"/>
   </w:footnotePr>
   <w:endnotePr>
     <w:endnote w:id="-1"/>
     <w:endnote w:id="0"/>
   </w:endnotePr>
   <w:compat>
     <w:useFELayout/>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="15"/>
     <w:compatSetting w:name="overrideTableStyleFontSizeAndJustification" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="enableOpenTypeFeatures" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="doNotFlipMirrorIndents" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="differentiateMultirowTableHeaders" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
     <w:compatSetting w:name="useWord2013TrackBottomHyphenation" w:uri="http://schemas.microsoft.com/office/word" w:val="1"/>
   </w:compat>
   <w:rsids>
     <w:rsidRoot w:val="00E00DC5"/>
     <w:rsid w:val="000147F3"/>
     <w:rsid w:val="000534E6"/>
     <w:rsid w:val="000A770E"/>
     <w:rsid w:val="000E708E"/>
     <w:rsid w:val="0011560D"/>
     <w:rsid w:val="00171B81"/>
     <w:rsid w:val="00175B4F"/>
     <w:rsid w:val="0028627D"/>
     <w:rsid w:val="002F3F57"/>
     <w:rsid w:val="00312BC8"/>
     <w:rsid w:val="00324FAB"/>
     <w:rsid w:val="00360F08"/>
     <w:rsid w:val="00362A41"/>
     <w:rsid w:val="003A3A17"/>
     <w:rsid w:val="003B6E68"/>
     <w:rsid w:val="003E59B1"/>
     <w:rsid w:val="00482B51"/>
+    <w:rsid w:val="004A191E"/>
     <w:rsid w:val="004D03C5"/>
     <w:rsid w:val="0051319E"/>
     <w:rsid w:val="00532A58"/>
     <w:rsid w:val="00533006"/>
     <w:rsid w:val="005439F0"/>
     <w:rsid w:val="005523BD"/>
     <w:rsid w:val="00567352"/>
     <w:rsid w:val="005D42B1"/>
     <w:rsid w:val="00623746"/>
     <w:rsid w:val="00633B81"/>
     <w:rsid w:val="00644243"/>
     <w:rsid w:val="00646CD6"/>
     <w:rsid w:val="00680E18"/>
+    <w:rsid w:val="006867B2"/>
     <w:rsid w:val="00697075"/>
     <w:rsid w:val="006A3252"/>
     <w:rsid w:val="006E2A19"/>
     <w:rsid w:val="006E34B1"/>
     <w:rsid w:val="00700084"/>
     <w:rsid w:val="0072284B"/>
+    <w:rsid w:val="00745433"/>
     <w:rsid w:val="00761EFF"/>
     <w:rsid w:val="00781A37"/>
     <w:rsid w:val="007A0759"/>
     <w:rsid w:val="007B243C"/>
     <w:rsid w:val="007D2F9A"/>
     <w:rsid w:val="007E332E"/>
     <w:rsid w:val="00810A0C"/>
     <w:rsid w:val="00827A01"/>
     <w:rsid w:val="0086095F"/>
     <w:rsid w:val="008669A9"/>
     <w:rsid w:val="00877779"/>
     <w:rsid w:val="008B7DB4"/>
     <w:rsid w:val="009536AC"/>
     <w:rsid w:val="00954F29"/>
     <w:rsid w:val="00972C13"/>
     <w:rsid w:val="0098101F"/>
     <w:rsid w:val="00991DFB"/>
     <w:rsid w:val="00997359"/>
     <w:rsid w:val="009A4492"/>
     <w:rsid w:val="009D3B1F"/>
     <w:rsid w:val="00A259FD"/>
     <w:rsid w:val="00A4328D"/>
     <w:rsid w:val="00A52E8E"/>
     <w:rsid w:val="00AD05DE"/>
     <w:rsid w:val="00AD6379"/>
     <w:rsid w:val="00B13D9E"/>
     <w:rsid w:val="00B14315"/>
     <w:rsid w:val="00B57516"/>
     <w:rsid w:val="00B72B0B"/>
     <w:rsid w:val="00BA14D3"/>
     <w:rsid w:val="00BB2E1B"/>
     <w:rsid w:val="00BB4AC9"/>
     <w:rsid w:val="00BB4F95"/>
     <w:rsid w:val="00BE452E"/>
     <w:rsid w:val="00C149F8"/>
     <w:rsid w:val="00CA5C87"/>
     <w:rsid w:val="00D14B63"/>
     <w:rsid w:val="00D33CB5"/>
     <w:rsid w:val="00D634F2"/>
     <w:rsid w:val="00D912CB"/>
+    <w:rsid w:val="00DF597D"/>
     <w:rsid w:val="00E00DC5"/>
     <w:rsid w:val="00E16C21"/>
     <w:rsid w:val="00E45F43"/>
     <w:rsid w:val="00EA22F3"/>
     <w:rsid w:val="00F640C7"/>
     <w:rsid w:val="00F74067"/>
     <w:rsid w:val="00F97465"/>
   </w:rsids>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="0"/>
     <m:dispDef/>
     <m:lMargin m:val="0"/>
     <m:rMargin m:val="0"/>
     <m:defJc m:val="centerGroup"/>
     <m:wrapIndent m:val="1440"/>
     <m:intLim m:val="subSup"/>
     <m:naryLim m:val="undOvr"/>
   </m:mathPr>
   <w:themeFontLang w:val="en-US"/>
   <w:clrSchemeMapping w:bg1="light1" w:t1="dark1" w:bg2="light2" w:t2="dark2" w:accent1="accent1" w:accent2="accent2" w:accent3="accent3" w:accent4="accent4" w:accent5="accent5" w:accent6="accent6" w:hyperlink="hyperlink" w:followedHyperlink="followedHyperlink"/>
   <w:shapeDefaults>
     <o:shapedefaults v:ext="edit" spidmax="2050"/>
     <o:shapelayout v:ext="edit">
       <o:idmap v:ext="edit" data="2"/>
     </o:shapelayout>
   </w:shapeDefaults>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=","/>
   <w14:docId w14:val="12EC74C2"/>
   <w15:docId w15:val="{FFFFF82B-A1D2-465B-82CE-BF2A1CA965C2}"/>
 </w:settings>
 </file>
 
 <file path=word/styles.xml><?xml version="1.0" encoding="utf-8"?>
-<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:styles xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:docDefaults>
     <w:rPrDefault>
       <w:rPr>
         <w:rFonts w:asciiTheme="minorHAnsi" w:eastAsiaTheme="minorEastAsia" w:hAnsiTheme="minorHAnsi" w:cstheme="minorBidi"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
         <w:lang w:val="en-US" w:eastAsia="en-US" w:bidi="ar-SA"/>
       </w:rPr>
     </w:rPrDefault>
     <w:pPrDefault>
       <w:pPr>
         <w:spacing w:after="200" w:line="276" w:lineRule="auto"/>
       </w:pPr>
     </w:pPrDefault>
   </w:docDefaults>
   <w:latentStyles w:defLockedState="0" w:defUIPriority="99" w:defSemiHidden="0" w:defUnhideWhenUsed="0" w:defQFormat="0" w:count="376">
     <w:lsdException w:name="Normal" w:uiPriority="0" w:qFormat="1"/>
     <w:lsdException w:name="heading 1" w:uiPriority="9" w:qFormat="1"/>
     <w:lsdException w:name="heading 2" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 3" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 4" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 5" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 6" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 7" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
     <w:lsdException w:name="heading 8" w:semiHidden="1" w:uiPriority="9" w:unhideWhenUsed="1" w:qFormat="1"/>
@@ -3336,51 +3352,51 @@
   </w:style>
   <w:style w:type="character" w:customStyle="1" w:styleId="Heading1Char">
     <w:name w:val="Heading 1 Char"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:link w:val="Heading1"/>
     <w:uiPriority w:val="9"/>
     <w:rsid w:val="00997359"/>
     <w:rPr>
       <w:rFonts w:ascii="Georgia" w:hAnsi="Georgia"/>
       <w:b/>
       <w:sz w:val="24"/>
     </w:rPr>
   </w:style>
   <w:style w:type="character" w:styleId="PageNumber">
     <w:name w:val="page number"/>
     <w:basedOn w:val="DefaultParagraphFont"/>
     <w:uiPriority w:val="99"/>
     <w:semiHidden/>
     <w:unhideWhenUsed/>
     <w:rsid w:val="00997359"/>
   </w:style>
 </w:styles>
 </file>
 
 <file path=word/webSettings.xml><?xml version="1.0" encoding="utf-8"?>
-<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh">
+<w:webSettings xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:w14="http://schemas.microsoft.com/office/word/2010/wordml" xmlns:w15="http://schemas.microsoft.com/office/word/2012/wordml" xmlns:w16cex="http://schemas.microsoft.com/office/word/2018/wordml/cex" xmlns:w16cid="http://schemas.microsoft.com/office/word/2016/wordml/cid" xmlns:w16="http://schemas.microsoft.com/office/word/2018/wordml" xmlns:w16du="http://schemas.microsoft.com/office/word/2023/wordml/word16du" xmlns:w16sdtdh="http://schemas.microsoft.com/office/word/2020/wordml/sdtdatahash" xmlns:w16sdtfl="http://schemas.microsoft.com/office/word/2024/wordml/sdtformatlock" xmlns:w16se="http://schemas.microsoft.com/office/word/2015/wordml/symex" mc:Ignorable="w14 w15 w16se w16cid w16 w16cex w16sdtdh w16sdtfl w16du">
   <w:divs>
     <w:div w:id="1832986912">
       <w:bodyDiv w:val="1"/>
       <w:marLeft w:val="0"/>
       <w:marRight w:val="0"/>
       <w:marTop w:val="0"/>
       <w:marBottom w:val="0"/>
       <w:divBdr>
         <w:top w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:left w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:bottom w:val="none" w:sz="0" w:space="0" w:color="auto"/>
         <w:right w:val="none" w:sz="0" w:space="0" w:color="auto"/>
       </w:divBdr>
     </w:div>
   </w:divs>
   <w:optimizeForBrowser/>
 </w:webSettings>
 </file>
 
 <file path=word/_rels/document.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/header" Target="header1.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/endnotes" Target="endnotes.xml"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/numbering" Target="numbering.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXml" Target="../customXml/item1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footnotes" Target="footnotes.xml"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/fontTable" Target="fontTable.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/webSettings" Target="webSettings.xml"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer2.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/settings" Target="settings.xml"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/footer" Target="footer1.xml"/></Relationships>
 </file>
 
 <file path=word/_rels/header1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/image" Target="media/image1.jpeg"/></Relationships>
@@ -3668,73 +3684,73 @@
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
 <b:Sources xmlns:b="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/bibliography" SelectedStyle="\APA.XSL" StyleName="APA"/>
 </file>
 
 <file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{58E7BA3B-8633-B649-A4E7-86D6BE6D5576}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/officeDocument/2006/bibliography"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Template>Normal.dotm</Template>
   <TotalTime></TotalTime>
   <Pages>1</Pages>
-  <Words>203</Words>
-  <Characters>1358</Characters>
+  <Words>207</Words>
+  <Characters>1401</Characters>
   <Application>Microsoft Office Word</Application>
   <DocSecurity>0</DocSecurity>
   <Lines>47</Lines>
   <Paragraphs>40</Paragraphs>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Title</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
-      <vt:lpstr>MIT Postdoctoral Training Checklist (for postdocs)</vt:lpstr>
+      <vt:lpstr>MIT Postdoctoral Training Checklist (for postdocs) April 2024</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Manager/>
   <Company>MIT</Company>
   <LinksUpToDate>false</LinksUpToDate>
-  <CharactersWithSpaces>1526</CharactersWithSpaces>
+  <CharactersWithSpaces>1571</CharactersWithSpaces>
   <SharedDoc>false</SharedDoc>
   <HyperlinkBase/>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>MIT Postdoctoral Training Checklist (for postdocs) April 2024</dc:title>
+  <dc:title>MIT Postdoctoral Training Checklist (for postdocs) November 2025</dc:title>
   <dc:subject>MIT Postdoctoral Training Checklist (for postdocs)</dc:subject>
   <dc:creator>Ann Skoczenski</dc:creator>
   <cp:keywords>postdoctoral, postdoc training, checklist, associate, fellow, skills</cp:keywords>
   <dc:description/>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:revision></cp:revision>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
   <cp:category/>
 </cp:coreProperties>
 </file>